--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -9140,81 +9140,81 @@
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 / 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3000</w:t>
+              <w:t xml:space="preserve">3100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2600</w:t>
+              <w:t xml:space="preserve">2700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>